--- v0 (2025-10-09)
+++ v1 (2026-01-30)
@@ -1,21203 +1,1449 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...33 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...127 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w:rsidR="005203BA" w:rsidRDefault="005203BA"/>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007623DE" w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="004842F3" w:rsidP="0010304A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF50CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0010304A" w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ardas, pavardė</w:t>
+      </w:r>
+      <w:r w:rsidR="001E011A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> didžiosiomis raidėmis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="001E011A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(pareigybė</w:t>
+      </w:r>
+      <w:r w:rsidR="007623DE" w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="004A0B6D" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="004A0B6D" w:rsidRDefault="0010304A" w:rsidP="00BF68D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A0B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Žiežmarių gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="004A0B6D" w:rsidRDefault="0010304A" w:rsidP="00BF68D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A0B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Direktorei</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="004A0B6D" w:rsidRDefault="0010304A" w:rsidP="00BF68D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="001C521A" w:rsidRDefault="0003009C" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="001C521A" w:rsidRDefault="001C521A" w:rsidP="001C521A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DĖL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>LAISVO LAIKO ASMENINIAMS POREIKIAMS TENKINTI SUTEIKIMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRDefault="0010304A" w:rsidP="004A0B6D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="00D15A54" w:rsidRDefault="001C521A" w:rsidP="004A0B6D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00EF50CF" w:rsidRDefault="00C7599C" w:rsidP="00EF50CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15A54" w:rsidRPr="00EF50CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00EF50CF" w:rsidRDefault="0010304A" w:rsidP="00EF50CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF50CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Žiežmariai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="001C521A" w:rsidRDefault="001C521A" w:rsidP="001C521A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="001C521A" w:rsidRDefault="001C521A" w:rsidP="001C521A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="001C521A" w:rsidRDefault="001C521A" w:rsidP="001C521A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C7599C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prašau 2023</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. .....................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>................. d. suteikti laisvą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laiką asmeniniams por</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eikiams tenkinti ir leisti ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbtą darbo laiką (......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>val.) atidirbti kitu, abiejų šalių sutartu laiku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C521A" w:rsidRPr="00D15A54" w:rsidRDefault="001C521A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="004A0B6D" w:rsidP="004A0B6D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="0010304A" w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="00D15A54" w:rsidRDefault="004A0B6D" w:rsidP="004A0B6D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="0010304A" w:rsidRPr="00D15A54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Parašas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                (vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010304A" w:rsidRPr="0010304A" w:rsidRDefault="0010304A" w:rsidP="0010304A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0010304A" w:rsidRPr="0010304A" w:rsidSect="00EF50CF">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="284" w:right="567" w:bottom="142" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:cols w:space="1296"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-</p:presentationPr>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="1296"/>
+  <w:hyphenationZone w:val="396"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0010304A"/>
+    <w:rsid w:val="00023723"/>
+    <w:rsid w:val="0003009C"/>
+    <w:rsid w:val="00046D25"/>
+    <w:rsid w:val="000D007D"/>
+    <w:rsid w:val="000D57CB"/>
+    <w:rsid w:val="0010304A"/>
+    <w:rsid w:val="001C521A"/>
+    <w:rsid w:val="001E011A"/>
+    <w:rsid w:val="002972D8"/>
+    <w:rsid w:val="003A6319"/>
+    <w:rsid w:val="004842F3"/>
+    <w:rsid w:val="004A0B6D"/>
+    <w:rsid w:val="005203BA"/>
+    <w:rsid w:val="00527760"/>
+    <w:rsid w:val="00566E8B"/>
+    <w:rsid w:val="005856C3"/>
+    <w:rsid w:val="00675D7E"/>
+    <w:rsid w:val="006F3C97"/>
+    <w:rsid w:val="0070788E"/>
+    <w:rsid w:val="00751209"/>
+    <w:rsid w:val="007623DE"/>
+    <w:rsid w:val="00876E7C"/>
+    <w:rsid w:val="008A35D8"/>
+    <w:rsid w:val="00944ACB"/>
+    <w:rsid w:val="00A05473"/>
+    <w:rsid w:val="00A13527"/>
+    <w:rsid w:val="00A3314F"/>
+    <w:rsid w:val="00B320BE"/>
+    <w:rsid w:val="00BC3BCD"/>
+    <w:rsid w:val="00BF68D6"/>
+    <w:rsid w:val="00C7599C"/>
+    <w:rsid w:val="00D15A54"/>
+    <w:rsid w:val="00D17B22"/>
+    <w:rsid w:val="00EF50CF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="lt-LT"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...39 lines deleted...]
-</p:viewPr>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/></Relationships>
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-[...190 lines deleted...]
-</p:handoutMaster>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...19454 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Atlasas">
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
-    <a:clrScheme name="Atlas">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="454545"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E0E0E0"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="F81B02"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="FC7715"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="AFBF41"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="50C49F"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="3B95C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="B560D4"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="FC5A1A"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="B49E74"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Atlas">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Rockwell" panose="02060603020205020403"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Atlas">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="62000"/>
-[...2 lines deleted...]
-                <a:lumMod val="110000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="78000"/>
-[...2 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...1 lines deleted...]
-                <a:lumMod val="104000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="69000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:shade val="84000"/>
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
-                <a:lumMod val="92000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="76000"/>
-[...1 lines deleted...]
-                <a:lumMod val="88000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
-              <a:shade val="90000"/>
-[...7 lines deleted...]
-              <a:shade val="90000"/>
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="75000"/>
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront">
               <a:rot lat="0" lon="0" rev="0"/>
             </a:camera>
-            <a:lightRig rig="threePt" dir="tl"/>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
           </a:scene3d>
           <a:sp3d>
-            <a:bevelT w="0" h="0"/>
+            <a:bevelT w="63500" h="25400"/>
           </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...1 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
-            <a:gs pos="10000">
+            <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="94000"/>
-                <a:lumMod val="116000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="88000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
-            <a:fillToRect l="50000" t="15000" r="50000" b="169000"/>
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...945 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Atlas</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Words>748</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>1</Pages>
+  <Words>462</Words>
+  <Characters>264</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Naudojami šriftai</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
-[...15 lines deleted...]
-      <vt:lpstr>Spyris, bet geras </vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>„PowerPoint“ pateiktis</dc:title>
-  <dc:creator/>
+  <dc:creator>Rastine</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>