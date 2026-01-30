--- v0 (2025-10-09)
+++ v1 (2026-01-30)
@@ -1,8146 +1,3504 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideshow.main+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...154 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:body>
+    <w:p w14:paraId="41E9E6B0" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00635A8B" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4052CA51" wp14:editId="43285214">
+            <wp:extent cx="542925" cy="552450"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Paveikslėlis 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="542925" cy="552450"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4543B4E5" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517F8F8E" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>LIETUVOS RESPUBLIKOS ŠVIETIMO</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C45" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MOKSLO</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87C45" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IR SPORTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MINISTERIJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B316AD" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6279A763" w14:textId="77777777" w:rsidR="00337854" w:rsidRPr="00AF7AE6" w:rsidRDefault="00337854" w:rsidP="00337854">
+      <w:pPr>
+        <w:pStyle w:val="Porat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biudžetinė įstaiga, A. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Volano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g. 2, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A49F7" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>01124</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:smartTag w:uri="urn:schemas-tilde-lv/tildestengine" w:element="firmas">
+        <w:r w:rsidRPr="00AF7AE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>Vilnius</w:t>
+        </w:r>
+      </w:smartTag>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tel. (8 5) 219 1225/219 1152, el. p. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>smmin@sm</w:t>
+      </w:r>
+      <w:r w:rsidR="002141E9" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>m.lt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002141E9" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>https://smsm.lrv.lt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Duomenys kaupiami ir saugomi Juridinių asmenų registre, kodas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>188603091.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7017782C" w14:textId="77777777" w:rsidR="00337854" w:rsidRPr="00AF7AE6" w:rsidRDefault="00337854" w:rsidP="00337854">
+      <w:pPr>
+        <w:pStyle w:val="Porat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Atsisk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>sąsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>. LT30 7300 0100 0245 7205 „Swedbank“, AB, kodas 73000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6A2FD0" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:position w:val="10"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B913E8" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="4502"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w14:paraId="26AD81FA" w14:textId="77777777" w:rsidTr="000E4D26">
+        <w:trPr>
+          <w:trHeight w:val="1120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491EA532" w14:textId="77777777" w:rsidR="005160FA" w:rsidRPr="00AF7AE6" w:rsidRDefault="005160FA" w:rsidP="005160FA">
+            <w:pPr>
+              <w:pStyle w:val="Porat"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savivaldybių švietimo padalinių vadovams </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37B44495" w14:textId="77777777" w:rsidR="005160FA" w:rsidRPr="00AF7AE6" w:rsidRDefault="005160FA" w:rsidP="005160FA">
+            <w:pPr>
+              <w:pStyle w:val="Porat"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Lietuvos profesinio mokymo įstaigų asociacijai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="523D80D9" w14:textId="2687C502" w:rsidR="008E6BC0" w:rsidRPr="00AF7AE6" w:rsidRDefault="008E6BC0" w:rsidP="00B50EFA">
+            <w:pPr>
+              <w:pStyle w:val="Porat"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C84EF4F" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00B50EFA">
+            <w:pPr>
+              <w:pStyle w:val="Porat"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:spacing w:after="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DD6172" w14:textId="679281F9" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="008D087F" w:rsidP="00B50EFA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> TIME  \@ "yyyy" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00DD0E85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00875998" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="2"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text24"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="2"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Numeris"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="Numeris"/>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00275D2C" w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="71F031A5" w14:textId="77777777" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="00B50EFA">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Į  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Numeris"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D61ADEB" w14:textId="77777777" w:rsidR="00BD10AC" w:rsidRPr="00AF7AE6" w:rsidRDefault="00BD10AC" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A5C71B3" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="00275D2C">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9855" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9855"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w14:paraId="31BE1ADA" w14:textId="77777777" w:rsidTr="0035356E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9855" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C074830" w14:textId="79723B51" w:rsidR="00E1196D" w:rsidRPr="00AF7AE6" w:rsidRDefault="00E1196D" w:rsidP="000E4D26">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>DĖL METODINIŲ REKOMENDACIJŲ MOKYKLOMS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419FFD1D" w14:textId="3D575FE9" w:rsidR="00275D2C" w:rsidRPr="00AF7AE6" w:rsidRDefault="00275D2C" w:rsidP="000E4D26">
+            <w:pPr>
+              <w:pStyle w:val="Antrat1"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:caps w:val="0"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32C63644" w14:textId="4EF816D9" w:rsidR="0035356E" w:rsidRPr="00AF7AE6" w:rsidRDefault="00412F01" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lietuvos Respublikos </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vietimo, mokslo ir sporto ministerija (toliau – Ministerija) informuoja apie </w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Narkotikų, tabako ir alkoholio kontrolės departament</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toliau – Departamentas) pareng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>tą</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metodinių rekomendacijų leidinį „Psichoaktyviosios medžiagos ir mokykla: prevencijos ir intervencijos gairės“, skirt</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokyklų, vykdančių bendrojo ugdymo ir pirminio profesinio mokymo programas (toliau – Mokykla)</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenėms</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mokyklos vadovams ar jų įgaliotiems asmenims, pedagoginiams darbuotojams, joje dirbantiems visuomenės sveikatos specialistams ar specialistams, vykdantiems psichoaktyviųjų medžiagų vartojimo prevenciją, siekiant puoselėti mokinių sveikatą, ugdyti sveiką gyvenimo būdą bei užtikrinti saugumą ir socialinę gerovę. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791C9834" w14:textId="3AE304B5" w:rsidR="0035356E" w:rsidRPr="00AF7AE6" w:rsidRDefault="0035356E" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Metodinėmis rekomendacijomis siekiama plačiau supažindinti su psichoaktyviosiomis medžiagomis, padėti Mokyklos bendruomenei atpažinti rizikos ir apsauginius veiksnius, lemiančius psichoaktyviųjų medžiagų vartojimą, pateikti informaciją apie Mokyklos veiksmus, galinčius padėti mažinti psichoaktyviųjų medžiagų vartojimą, kaip atpažinti psichoaktyviąsias medžiagas vartojantį ar nuo jų apsvaigusį mokinį bei rekomenduojamą veiksmų seką, įvykus šioms situacijoms</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir informuoti apie pagalbos priemones jauniems asmenims, eksperimentuojantiems, nereguliariai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vartojantiems psichoaktyviąsias medžiagas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3E89BD" w14:textId="6DB6E217" w:rsidR="0058474B" w:rsidRPr="00AF7AE6" w:rsidRDefault="0035356E" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kviečiame susipažinti su šiomis metodinėmis rekomendacijomis ir jų pristatymu </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaizdo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">formatu </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šiais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Departamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00935A51" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir Ministerijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>svetain</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ių adresais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008568B7" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E5DEFB" w14:textId="67C2EA19" w:rsidR="00C763ED" w:rsidRPr="00AF7AE6" w:rsidRDefault="00DD0E85" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00C763ED" w:rsidRPr="00AF7AE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>https://ntakd.lrv.lt/lt/naujienos/departamentas-parenge-metodines-rekomendacijas-mokykloms-psichoaktyviuju-medziagu-vartojimo-prevencijos-tema</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000E4D26" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1CE3BB" w14:textId="21F17AD3" w:rsidR="00935A51" w:rsidRPr="00AF7AE6" w:rsidRDefault="00DD0E85" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>https://www.youtube.com/watch?v=-cLlPCBVPCo</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000E4D26" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="0035356E" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAF0A73" w14:textId="4801B6CA" w:rsidR="00C763ED" w:rsidRPr="00AF7AE6" w:rsidRDefault="00DD0E85" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00155D91" w:rsidRPr="00AF7AE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>https://smsm.lrv.lt/lt/veiklos-sritys-1/smm-svietimas/patyciu-ir-smurto-prevencija1/rekomendacijos-ir-metodines-priemones</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000E4D26" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBA033D" w14:textId="3B1C8558" w:rsidR="00935A51" w:rsidRPr="00AF7AE6" w:rsidRDefault="00935A51" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Taip pat maloniai prašome pasidalinti jomis su Mokyklomis. Dėkojame už bendradarbiavimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3A1DE2" w14:textId="77777777" w:rsidR="00795A36" w:rsidRPr="00AF7AE6" w:rsidRDefault="00795A36" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56146677" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D0478A1" w14:textId="304739AD" w:rsidR="00CF74F1" w:rsidRPr="00AF7AE6" w:rsidRDefault="00CF74F1" w:rsidP="00DD0E85">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="1353"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PRIDEDAMA</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F106CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Psichoaktyviosios medžiagos ir mokykla: prevencijos ir intervencijos gairės</w:t>
+      </w:r>
+      <w:r w:rsidR="0058474B" w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Metodinės rekomendacijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F106CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0FCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35 lapai</w:t>
+      </w:r>
+      <w:r w:rsidR="00F106CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49126D99" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1211"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0843A1C2" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1211"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FBE98E1" w14:textId="77777777" w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidRDefault="006D1BEA" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4077"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w14:paraId="3C0A7FF8" w14:textId="77777777" w:rsidTr="00461E5A">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFBC9A7" w14:textId="77777777" w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidRDefault="006D1BEA" w:rsidP="000E4D26">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Švietimo, mokslo ir sporto viceministras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4077" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F73E44F" w14:textId="77777777" w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidRDefault="006D1BEA" w:rsidP="000E4D26">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF7AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Ramūnas Skaudžius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63F98875" w14:textId="21D6FD42" w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidRDefault="006D1BEA" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidSect="0035356E">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1138" w:right="562" w:bottom="1138" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:formProt w:val="0"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6941315F" w14:textId="051007FF" w:rsidR="006D1BEA" w:rsidRPr="00AF7AE6" w:rsidRDefault="006D1BEA" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D228416" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC7DEAB" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="389BC53F" w14:textId="77777777" w:rsidR="003F02AC" w:rsidRPr="00AF7AE6" w:rsidRDefault="003F02AC" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC2DE79" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB1C20B" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04530CB9" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21171CF3" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35626B50" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AAA2737" w14:textId="77777777" w:rsidR="000E4D26" w:rsidRPr="00AF7AE6" w:rsidRDefault="000E4D26" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C86836" w14:textId="4AEADA3B" w:rsidR="00AC5DA3" w:rsidRPr="00AF7AE6" w:rsidRDefault="008F75D3" w:rsidP="000E4D26">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF7AE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Jurgita Bagdonaitė, tel. +370 686 75 746, el. p. Jurgita.Bagdonaite@smsm.lt</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00AC5DA3" w:rsidRPr="00AF7AE6" w:rsidSect="00D92054">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="1138" w:right="562" w:bottom="1138" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:noEndnote/>
+      <w:titlePg/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...35 lines deleted...]
-</p:presentationPr>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="324C9740" w14:textId="77777777" w:rsidR="00716B12" w:rsidRDefault="00716B12">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="77E5F3AF" w14:textId="77777777" w:rsidR="00716B12" w:rsidRDefault="00716B12">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-[...178 lines deleted...]
-</a:tblStyleLst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="HelveticaLT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</p:viewPr>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="39D725B9" w14:textId="36C30AD5" w:rsidR="00825CDB" w:rsidRDefault="00825CDB">
+    <w:pPr>
+      <w:pStyle w:val="Porat"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="006D1BEA">
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Puslapionumeris"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0DCF0F10" w14:textId="77777777" w:rsidR="00825CDB" w:rsidRDefault="00825CDB">
+    <w:pPr>
+      <w:pStyle w:val="Porat"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2117BDA5" w14:textId="77777777" w:rsidR="00825CDB" w:rsidRDefault="00825CDB">
+    <w:pPr>
+      <w:pStyle w:val="Porat"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="62B236B8" w14:textId="77777777" w:rsidR="00716B12" w:rsidRDefault="00716B12">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="55380FC2" w14:textId="77777777" w:rsidR="00716B12" w:rsidRDefault="00716B12">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-[...345 lines deleted...]
-</p:notesMaster>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-452018875"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="51AA3A5F" w14:textId="09A0A287" w:rsidR="00DF2A05" w:rsidRDefault="00DF2A05">
+        <w:pPr>
+          <w:pStyle w:val="Antrats"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00F106CC" w:rsidRPr="00F106CC">
+          <w:rPr>
+            <w:noProof/>
+            <w:lang w:val="lt-LT"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="64C2D6C1" w14:textId="77777777" w:rsidR="00DF2A05" w:rsidRDefault="00DF2A05">
+    <w:pPr>
+      <w:pStyle w:val="Antrats"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13A54D6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F58A6F0C"/>
+    <w:lvl w:ilvl="0" w:tplc="A5BA5364">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2062" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="144267E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5EE8534A"/>
+    <w:lvl w:ilvl="0" w:tplc="BF907D5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="867723114">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="681206302">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-[...80 lines deleted...]
-</p:notes>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:printFractionalCharacterWidth/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:defaultTabStop w:val="1247"/>
+  <w:hyphenationZone w:val="0"/>
+  <w:doNotHyphenateCaps/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00732E38"/>
+    <w:rsid w:val="00002DCD"/>
+    <w:rsid w:val="00044FE2"/>
+    <w:rsid w:val="00060042"/>
+    <w:rsid w:val="00066466"/>
+    <w:rsid w:val="0008504D"/>
+    <w:rsid w:val="000A33B7"/>
+    <w:rsid w:val="000A764D"/>
+    <w:rsid w:val="000E4D26"/>
+    <w:rsid w:val="000E7406"/>
+    <w:rsid w:val="000F6DF5"/>
+    <w:rsid w:val="001221B7"/>
+    <w:rsid w:val="001349D6"/>
+    <w:rsid w:val="001557AC"/>
+    <w:rsid w:val="00155D91"/>
+    <w:rsid w:val="00171F7B"/>
+    <w:rsid w:val="001974E0"/>
+    <w:rsid w:val="00203A76"/>
+    <w:rsid w:val="0020712A"/>
+    <w:rsid w:val="002141E9"/>
+    <w:rsid w:val="00246203"/>
+    <w:rsid w:val="002649AB"/>
+    <w:rsid w:val="00267DAC"/>
+    <w:rsid w:val="00274CBB"/>
+    <w:rsid w:val="00275D2C"/>
+    <w:rsid w:val="00293B0B"/>
+    <w:rsid w:val="002B0FCF"/>
+    <w:rsid w:val="002C4D07"/>
+    <w:rsid w:val="002F44C1"/>
+    <w:rsid w:val="002F4A20"/>
+    <w:rsid w:val="003017C3"/>
+    <w:rsid w:val="00322863"/>
+    <w:rsid w:val="003242E8"/>
+    <w:rsid w:val="0032541F"/>
+    <w:rsid w:val="00337854"/>
+    <w:rsid w:val="0035356E"/>
+    <w:rsid w:val="00372CF6"/>
+    <w:rsid w:val="00383D61"/>
+    <w:rsid w:val="00385D08"/>
+    <w:rsid w:val="00386581"/>
+    <w:rsid w:val="00394F53"/>
+    <w:rsid w:val="003976EE"/>
+    <w:rsid w:val="003A49F7"/>
+    <w:rsid w:val="003E4F79"/>
+    <w:rsid w:val="003F02AC"/>
+    <w:rsid w:val="003F7AFE"/>
+    <w:rsid w:val="00407A48"/>
+    <w:rsid w:val="00412F01"/>
+    <w:rsid w:val="004134A2"/>
+    <w:rsid w:val="00420049"/>
+    <w:rsid w:val="0042121A"/>
+    <w:rsid w:val="004235D9"/>
+    <w:rsid w:val="00434297"/>
+    <w:rsid w:val="00434383"/>
+    <w:rsid w:val="00440B63"/>
+    <w:rsid w:val="00470D1C"/>
+    <w:rsid w:val="00497B75"/>
+    <w:rsid w:val="004D6ADD"/>
+    <w:rsid w:val="00500F6A"/>
+    <w:rsid w:val="005160FA"/>
+    <w:rsid w:val="005347B2"/>
+    <w:rsid w:val="0057433E"/>
+    <w:rsid w:val="0058474B"/>
+    <w:rsid w:val="00592537"/>
+    <w:rsid w:val="005C56F0"/>
+    <w:rsid w:val="005F095B"/>
+    <w:rsid w:val="005F3F21"/>
+    <w:rsid w:val="006112A7"/>
+    <w:rsid w:val="006223DE"/>
+    <w:rsid w:val="00632109"/>
+    <w:rsid w:val="00635A8B"/>
+    <w:rsid w:val="006419A8"/>
+    <w:rsid w:val="0065146D"/>
+    <w:rsid w:val="00651849"/>
+    <w:rsid w:val="00697EF8"/>
+    <w:rsid w:val="006A00D1"/>
+    <w:rsid w:val="006D1BEA"/>
+    <w:rsid w:val="006F539B"/>
+    <w:rsid w:val="007040FB"/>
+    <w:rsid w:val="00716B12"/>
+    <w:rsid w:val="007245CD"/>
+    <w:rsid w:val="007252C5"/>
+    <w:rsid w:val="00732E38"/>
+    <w:rsid w:val="00740FEB"/>
+    <w:rsid w:val="00750C1D"/>
+    <w:rsid w:val="00763998"/>
+    <w:rsid w:val="00786C8C"/>
+    <w:rsid w:val="00795A36"/>
+    <w:rsid w:val="007C376C"/>
+    <w:rsid w:val="007F4558"/>
+    <w:rsid w:val="007F6079"/>
+    <w:rsid w:val="00816746"/>
+    <w:rsid w:val="00825CDB"/>
+    <w:rsid w:val="008316BB"/>
+    <w:rsid w:val="00852592"/>
+    <w:rsid w:val="008568B7"/>
+    <w:rsid w:val="008754B9"/>
+    <w:rsid w:val="00875998"/>
+    <w:rsid w:val="008839FE"/>
+    <w:rsid w:val="008D087F"/>
+    <w:rsid w:val="008D0EA2"/>
+    <w:rsid w:val="008D39D5"/>
+    <w:rsid w:val="008E6BC0"/>
+    <w:rsid w:val="008F75D3"/>
+    <w:rsid w:val="00903008"/>
+    <w:rsid w:val="00935A51"/>
+    <w:rsid w:val="00955FBE"/>
+    <w:rsid w:val="009578BA"/>
+    <w:rsid w:val="009725B0"/>
+    <w:rsid w:val="00973D74"/>
+    <w:rsid w:val="00986F93"/>
+    <w:rsid w:val="009E2D21"/>
+    <w:rsid w:val="00A509F6"/>
+    <w:rsid w:val="00AA57E5"/>
+    <w:rsid w:val="00AC0A2C"/>
+    <w:rsid w:val="00AC5DA3"/>
+    <w:rsid w:val="00AD299E"/>
+    <w:rsid w:val="00AF3D2F"/>
+    <w:rsid w:val="00AF72A3"/>
+    <w:rsid w:val="00AF7AE6"/>
+    <w:rsid w:val="00B22380"/>
+    <w:rsid w:val="00B23699"/>
+    <w:rsid w:val="00B305D6"/>
+    <w:rsid w:val="00B313B2"/>
+    <w:rsid w:val="00B50EFA"/>
+    <w:rsid w:val="00B61E3D"/>
+    <w:rsid w:val="00B6247A"/>
+    <w:rsid w:val="00B772AC"/>
+    <w:rsid w:val="00BA1081"/>
+    <w:rsid w:val="00BA1503"/>
+    <w:rsid w:val="00BB796E"/>
+    <w:rsid w:val="00BD10AC"/>
+    <w:rsid w:val="00BE0072"/>
+    <w:rsid w:val="00BE0D14"/>
+    <w:rsid w:val="00BE6719"/>
+    <w:rsid w:val="00C2565D"/>
+    <w:rsid w:val="00C4737C"/>
+    <w:rsid w:val="00C60208"/>
+    <w:rsid w:val="00C617FF"/>
+    <w:rsid w:val="00C63621"/>
+    <w:rsid w:val="00C763ED"/>
+    <w:rsid w:val="00C86EC8"/>
+    <w:rsid w:val="00C87C45"/>
+    <w:rsid w:val="00C936B4"/>
+    <w:rsid w:val="00CA0A39"/>
+    <w:rsid w:val="00CA567B"/>
+    <w:rsid w:val="00CA5FC4"/>
+    <w:rsid w:val="00CB1AE4"/>
+    <w:rsid w:val="00CD6ED3"/>
+    <w:rsid w:val="00CE05B7"/>
+    <w:rsid w:val="00CE2BF1"/>
+    <w:rsid w:val="00CF51D3"/>
+    <w:rsid w:val="00CF74F1"/>
+    <w:rsid w:val="00D42CB1"/>
+    <w:rsid w:val="00D75A5C"/>
+    <w:rsid w:val="00D91BB9"/>
+    <w:rsid w:val="00D92054"/>
+    <w:rsid w:val="00DA4683"/>
+    <w:rsid w:val="00DC498E"/>
+    <w:rsid w:val="00DD0E85"/>
+    <w:rsid w:val="00DE3C20"/>
+    <w:rsid w:val="00DF2A05"/>
+    <w:rsid w:val="00DF68BA"/>
+    <w:rsid w:val="00DF7D84"/>
+    <w:rsid w:val="00E0580E"/>
+    <w:rsid w:val="00E1196D"/>
+    <w:rsid w:val="00E30D62"/>
+    <w:rsid w:val="00E46B4E"/>
+    <w:rsid w:val="00E47A70"/>
+    <w:rsid w:val="00E73E21"/>
+    <w:rsid w:val="00E9791F"/>
+    <w:rsid w:val="00EB72EA"/>
+    <w:rsid w:val="00EC4FCF"/>
+    <w:rsid w:val="00ED2CF2"/>
+    <w:rsid w:val="00F106CC"/>
+    <w:rsid w:val="00F20D41"/>
+    <w:rsid w:val="00F24D8E"/>
+    <w:rsid w:val="00F6270F"/>
+    <w:rsid w:val="00F6724E"/>
+    <w:rsid w:val="00F94A03"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="lt-LT"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-tilde-lv/tildestengine" w:name="firmas"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="04FF73AA"/>
+  <w15:docId w15:val="{D027FD99-FED3-49AE-925D-1B2DA97DF8E8}"/>
+</w:settings>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Porat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrats">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9071"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Komentaronuoroda">
+    <w:name w:val="annotation reference"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentarotekstas">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Puslapionumeris">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Perirtashipersaitas">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:link w:val="Porat"/>
+    <w:rsid w:val="00337854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="DebesliotekstasDiagrama"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF2A05"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
+    <w:name w:val="Debesėlio tekstas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Debesliotekstas"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DF2A05"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DF2A05"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pataisymai">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00002DCD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:rsid w:val="003017C3"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xdefault">
+    <w:name w:val="x_default"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:rsid w:val="003017C3"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:adjustRightInd/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neapdorotaspaminjimas1">
+    <w:name w:val="Neapdorotas paminėjimas1"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00155D91"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00795A36"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:rsid w:val="00CF74F1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neapdorotaspaminjimas2">
+    <w:name w:val="Neapdorotas paminėjimas2"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0058474B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="734819299">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1491827568">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ntakd.lrv.lt/lt/naujienos/departamentas-parenge-metodines-rekomendacijas-mokykloms-psichoaktyviuju-medziagu-vartojimo-prevencijos-tema" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smsm.lrv.lt/lt/veiklos-sritys-1/smm-svietimas/patyciu-ir-smurto-prevencija1/rekomendacijos-ir-metodines-priemones" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=-cLlPCBVPCo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6562 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-</a:theme>
-[...283 lines deleted...]
-  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x0101008014EC9B1F25D449AA6EE1F60B6C77F8" ma:contentTypeVersion="2" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="bb61d97116c5f9bbef8a26ce39d071e6">
-[...1 lines deleted...]
-    <xsd:import namespace="ec795e3a-1f67-4a71-97c8-c88716eccde8"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100D8ECFFBDDA118244861569856C5AC6C3" ma:contentTypeVersion="0" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="e894898859fc6bec26f1b7b2ed962da5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="92f6efcb3d141a2d8cf8d4aae0174d8f">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
-              <xsd:all>
-[...2 lines deleted...]
-              </xsd:all>
+              <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
-    </xsd:element>
-[...28 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Antraštė"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -8214,136 +3572,104 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D8419AB-9B65-452D-AC20-9F10FF075D70}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{036ADBB7-87ED-4770-ABD7-03210C47D0C3}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{305BF026-430A-4CE6-9A0E-4E8D064E4547}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CADD0040-36BF-4C19-8B6F-6D2AC68F1D1B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C854EF9-45EE-402A-98FF-4AC590B357E0}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{932A62A1-230D-4350-B064-DCFFD6EB9FA3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Words>404</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>2</Pages>
+  <Words>2040</Words>
+  <Characters>1163</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>4</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Naudojami šriftai</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Skaidrių pavadinimai</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>„PowerPoint“ pateiktis</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company>VKS</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Instrukcija slaptažodžiui sukurti</dc:title>
-  <dc:creator>Vidas</dc:creator>
+  <dc:title>fff896a0-1cd7-4b46-9d07-38be72558209</dc:title>
+  <dc:creator>Bagdonaitė Jurgita | ŠMSM</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101008014EC9B1F25D449AA6EE1F60B6C77F8</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Rastai">
+    <vt:lpwstr>Rastai</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_DocHome">
+    <vt:i4>1223267074</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
+    <vt:lpwstr>0x010100D8ECFFBDDA118244861569856C5AC6C3</vt:lpwstr>
   </property>
 </Properties>
 </file>