--- v0 (2025-10-08)
+++ v1 (2026-01-30)
@@ -1,3322 +1,1446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00851790" w:rsidRPr="0033183D" w:rsidRDefault="00851790" w:rsidP="00053960">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3DEA79A0" w14:textId="77777777" w:rsidR="0021252C" w:rsidRPr="00504AE2" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6379"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk130134677"/>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kaišiadorių r. Žiežmarių gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6748D493" w14:textId="77777777" w:rsidR="0021252C" w:rsidRPr="00504AE2" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Neformaliojo ugdymo tvarkos aprašo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7010095B" w14:textId="77777777" w:rsidR="0021252C" w:rsidRPr="00117795" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...141 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00117795">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1 priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3243CEDD" w14:textId="77777777" w:rsidR="0021252C" w:rsidRPr="00504AE2" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E63AFDA" w14:textId="531708CD" w:rsidR="0021252C" w:rsidRPr="00504AE2" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015E278C" w14:textId="35B9924A" w:rsidR="0021252C" w:rsidRPr="00504AE2" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kaišiadorių r. Žiežmarių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mnazijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141FE853" w14:textId="2B2DF75A" w:rsidR="0021252C" w:rsidRPr="00341093" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>irektoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>- 0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  d.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341093">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00504AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>142</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2720700D" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22777509" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD18EFB" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="116717EE" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0DAE13" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(mokytojo vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DBD39D" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A51F72B" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6403F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(dalykas ir kvalifikacija)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0583EAE4" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D6DE22" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1485C2" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345C414A" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kaišiadorių r. Žiežmarių gimnazijos direktorei</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5241773E" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eglei </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Raudeliūnienei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="34886AAD" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="707150ED" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="463A8B62" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F020F09" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0033183D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MOKYMOSI KONSULTACIJŲ MOKINIAMS </w:t>
-[...58 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:t>PRAŠYMAS DĖL NEFORMALIOJO UGDYMO VEIKLOS VYKDYMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D079D58" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482C00FA" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202___ - _____ - _____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2E3FA6" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Žiežmariai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184CB26D" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47B8B8DF" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14992EE9" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Prašau skirti 202__/202__ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m.m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ____________ savaitines valandas neformaliojo ugdymo būrelio ____________________________________________ veiklai vykdyti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A969B3" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         (būrelio pavadinimas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2548D5B1" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763A9CB9" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRIDEDAMA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="419B529A" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...2598 lines deleted...]
-      <w:cols w:space="1296"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neformaliojo ugdymo programa (2 priedas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBCBF46" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF1EE8B" w14:textId="5DD7332A" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D2B1F1" w14:textId="650142AA" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6764F9" w14:textId="25998FE8" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F327D0B" w14:textId="1EF3C698" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09168685" w14:textId="403352DD" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFECB1E" w14:textId="48C307C7" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D0E3AE0" w14:textId="25F59E8F" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AD09F1A" w14:textId="10748968" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F592D7A" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B327937" w14:textId="355A2200" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A60E8EE" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          (parašas)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                  (vardas, pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D4C3E8" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="176C8622" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39627A94" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12054A66" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7003DB3B" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFE5EC4" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F867A9D" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="451ACB13" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FED8347" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45D1F96F" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235AEB79" w14:textId="77777777" w:rsidR="0021252C" w:rsidRDefault="0021252C" w:rsidP="0021252C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="6392"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5432BF85" w14:textId="77777777" w:rsidR="004D79C4" w:rsidRDefault="004D79C4"/>
+    <w:sectPr w:rsidR="004D79C4" w:rsidSect="00436CB7">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...87 lines deleted...]
-    <w:nsid w:val="052751EB"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="598170DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="39F24BD2"/>
-[...225 lines deleted...]
-    <w:tmpl w:val="6B6C8478"/>
+    <w:tmpl w:val="5C42BCD4"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3358,1777 +1482,861 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...738 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="10"/>
-[...13 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006F78CE"/>
-[...55 lines deleted...]
-    <w:rsid w:val="00FF3D93"/>
+    <w:rsidRoot w:val="0021252C"/>
+    <w:rsid w:val="0021252C"/>
+    <w:rsid w:val="00251A54"/>
+    <w:rsid w:val="0034020F"/>
+    <w:rsid w:val="00436CB7"/>
+    <w:rsid w:val="004D79C4"/>
+    <w:rsid w:val="0080154B"/>
+    <w:rsid w:val="00825CBD"/>
+    <w:rsid w:val="00980756"/>
+    <w:rsid w:val="00BA0785"/>
+    <w:rsid w:val="00E64CA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="66D43738"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1B604009-59ED-4502-9A2D-677D44DDBA1D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0021252C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
-[...336 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1942</Words>
-  <Characters>1107</Characters>
+  <Words>581</Words>
+  <Characters>332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>HP</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3043</CharactersWithSpaces>
+  <CharactersWithSpaces>912</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Default</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Natalija Kocienė</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>